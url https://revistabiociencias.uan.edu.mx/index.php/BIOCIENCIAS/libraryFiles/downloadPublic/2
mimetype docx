--- v0 (2025-10-09)
+++ v1 (2025-12-24)
@@ -1,1162 +1,1277 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
+  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
+  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
+  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6031337B" w14:textId="77777777" w:rsidR="006638A2" w:rsidRPr="00262A6D" w:rsidRDefault="006638A2" w:rsidP="00262A6D">
       <w:pPr>
         <w:pStyle w:val="TipoArticuloRBIO"/>
       </w:pPr>
+      <w:commentRangeStart w:id="0"/>
       <w:r w:rsidRPr="00262A6D">
-        <w:t xml:space="preserve">Artículo original/ Original </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Artículo original/ Original article</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="0"/>
+      <w:r w:rsidR="00117F67" w:rsidRPr="00262A6D">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:commentReference w:id="0"/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1B9FEDB3" w14:textId="01EC0314" w:rsidR="004A7CD8" w:rsidRDefault="00941EEF" w:rsidP="00941EEF">
       <w:pPr>
         <w:pStyle w:val="Ttuloartculo"/>
       </w:pPr>
       <w:r>
         <w:t>Título del artículo en español</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="563EBDE7" w14:textId="7804D3BE" w:rsidR="00941EEF" w:rsidRPr="00262A6D" w:rsidRDefault="00941EEF" w:rsidP="00941EEF">
       <w:pPr>
         <w:pStyle w:val="ttuloartculoengRBIO"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Título en </w:t>
       </w:r>
       <w:r w:rsidRPr="00941EEF">
         <w:t>inglés</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="616E9F6D" w14:textId="77777777" w:rsidR="004A7CD8" w:rsidRPr="00262A6D" w:rsidRDefault="004A7CD8" w:rsidP="004A7CD8">
       <w:pPr>
         <w:pStyle w:val="TtulocortoRBIO"/>
       </w:pPr>
+      <w:commentRangeStart w:id="1"/>
       <w:r w:rsidRPr="00262A6D">
         <w:t>Titulo corto/Short Title</w:t>
       </w:r>
+      <w:commentRangeEnd w:id="1"/>
+      <w:r w:rsidR="00117F67" w:rsidRPr="00262A6D">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:commentReference w:id="1"/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6BE709A9" w14:textId="77777777" w:rsidR="004A7CD8" w:rsidRPr="00262A6D" w:rsidRDefault="004A7CD8" w:rsidP="004A7CD8">
       <w:pPr>
         <w:pStyle w:val="TtulocortoRBIO"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="196A9C45" w14:textId="0615CE92" w:rsidR="004A7CD8" w:rsidRPr="00262A6D" w:rsidRDefault="004A7CD8" w:rsidP="00262A6D">
       <w:pPr>
         <w:pStyle w:val="AutoresRBIO"/>
       </w:pPr>
+      <w:commentRangeStart w:id="2"/>
       <w:r w:rsidRPr="00262A6D">
-        <w:t xml:space="preserve">Apellido </w:t>
-[...7 lines deleted...]
-        <w:t>, N.1</w:t>
+        <w:t>Apellido Apellido, N.1</w:t>
       </w:r>
       <w:r w:rsidR="008432FC">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00F40BA5">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="23389F13" wp14:editId="4E3B4F4D">
             <wp:extent cx="107997" cy="118935"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="7" name="image4.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="8" name="image4.jpeg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print"/>
+                    <a:blip r:embed="rId11" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="107997" cy="118935"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="008432FC">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00262A6D">
-        <w:t xml:space="preserve"> ,</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">, N.N. 2* </w:t>
+        <w:t xml:space="preserve"> , Apellido Apellido, N.N. 2* </w:t>
       </w:r>
       <w:r w:rsidR="008432FC">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="008432FC" w:rsidRPr="00F40BA5">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="440BEFB0" wp14:editId="18F71DA3">
             <wp:extent cx="107997" cy="118935"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="10" name="image4.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="8" name="image4.jpeg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print"/>
+                    <a:blip r:embed="rId11" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="107997" cy="118935"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="008432FC">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00262A6D">
-        <w:t xml:space="preserve"> , Apellido </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, N. 3 </w:t>
+        <w:t xml:space="preserve"> , Apellido Apellido, N. 3 </w:t>
       </w:r>
       <w:r w:rsidR="008432FC">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="008432FC" w:rsidRPr="00F40BA5">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0DA26C9E" wp14:editId="2B2D9801">
             <wp:extent cx="107997" cy="118935"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="11" name="image4.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="8" name="image4.jpeg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print"/>
+                    <a:blip r:embed="rId11" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="107997" cy="118935"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="008432FC">
         <w:t>)</w:t>
       </w:r>
+      <w:commentRangeEnd w:id="2"/>
+      <w:r w:rsidR="00A33855" w:rsidRPr="00262A6D">
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:commentReference w:id="2"/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="29F9D0EB" w14:textId="6047DD74" w:rsidR="004A7CD8" w:rsidRPr="008432FC" w:rsidRDefault="004A7CD8" w:rsidP="004A7CD8">
       <w:pPr>
         <w:pStyle w:val="AdscripcinRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
         <w:t>1Adscripción: Dpto o Unidad académica. Universidad. Calle, numero, delegación. C.P, Ciudad, Estado, País. 2Adscripción: Dpto o Unidad académica. Universidad. Calle, numero, delegación. C.P, Ciudad, Estado, País. 3Adscripción: Dpto o Unidad académica. Universidad. Calle, numero, delegación. C.P, Ciudad, Estado, País.</w:t>
       </w:r>
       <w:r w:rsidR="001E30C7">
         <w:t>jjx</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FD096A5" w14:textId="77777777" w:rsidR="004A7CD8" w:rsidRPr="008432FC" w:rsidRDefault="004A7CD8" w:rsidP="006B33A8">
+    <w:p w14:paraId="6FD096A5" w14:textId="0FA82570" w:rsidR="004A7CD8" w:rsidRPr="00117F67" w:rsidRDefault="00117F67" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>es importante hacer uso de superíndices para indicar los detalles de cada autor.</w:t>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="004A7CD8" w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>s importante hacer uso de superíndices para indicar los detalles de cada autor.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>La información que encuentre en este color y estilo es como referencia y deberá eliminarse</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>; así como</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> remover esta y otras etiquetas previo al envío].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30301886" w14:textId="77777777" w:rsidR="004A7CD8" w:rsidRPr="008432FC" w:rsidRDefault="004A7CD8" w:rsidP="00941EEF">
       <w:pPr>
         <w:pStyle w:val="tcoRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="00941EEF">
-        <w:t>*</w:t>
-[...15 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>*Corresponding Author:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4029ABC4" w14:textId="04E05C36" w:rsidR="004A7CD8" w:rsidRPr="001B376B" w:rsidRDefault="004A7CD8" w:rsidP="008432FC">
       <w:pPr>
         <w:pStyle w:val="TablacuerpoRBIO"/>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B376B">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre Apellido-Apellido.  Dpto o Unidad académica. Universidad. Calle, numero, delegación. C.P, Ciudad, Estado, País. Teléfono (000) 000 0000. E-mail: </w:t>
       </w:r>
-      <w:r w:rsidR="00000000">
-[...19 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="001B376B">
+          <w:rPr>
+            <w:lang w:val="es-MX"/>
+          </w:rPr>
+          <w:t>ejemplo@correoinstitucional.com</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidR="003A0FC2" w:rsidRPr="001B376B">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19AF44F0" w14:textId="77777777" w:rsidR="004A7CD8" w:rsidRPr="003A0FC2" w:rsidRDefault="004A7CD8" w:rsidP="003A0FC2">
       <w:pPr>
         <w:pStyle w:val="tRERBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="003A0FC2">
         <w:t xml:space="preserve">RESUMEN </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73F470A5" w14:textId="0D9BECD3" w:rsidR="004A7CD8" w:rsidRPr="00262A6D" w:rsidRDefault="004A7CD8" w:rsidP="003A0FC2">
+    <w:p w14:paraId="73F470A5" w14:textId="0D9BECD3" w:rsidR="004A7CD8" w:rsidRPr="00117F67" w:rsidRDefault="004A7CD8" w:rsidP="003A0FC2">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="001B376B">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Debe ser un párrafo entre </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>150 palabras y 2</w:t>
+      </w:r>
+      <w:r w:rsidR="001B376B" w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="00262A6D">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> no deben incluirse siglas o abreviaturas, este debe ser una representación objetiva del trabajo y por ningún motivo debe contener resultados que no estén presentes y fundamentados en el texto principal.</w:t>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>0 como máximo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Los resúmenes deben dar una visión general pertinente del trabajo. Recomendamos a los autores seguir la siguiente estructura, sin encabezados. (1) Importancia del tema y objetivos del trabajo. (2) Métodos utilizados: describir brevemente los principales métodos o tratamientos aplicados. (3) Resultados: resume los principales hallazgos del artículo. (4) Conclusiones: indicar las principales conclusiones o interpretaciones. En el resumen y abstract no deben incluirse siglas o abreviaturas, este debe ser una representación objetiva del trabajo y por ningún motivo debe contener resultados que no estén presentes y fundamentados en el texto principal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03925265" w14:textId="77777777" w:rsidR="004A7CD8" w:rsidRPr="00262A6D" w:rsidRDefault="004A7CD8" w:rsidP="003A0FC2">
       <w:pPr>
         <w:pStyle w:val="tRERBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="00262A6D">
         <w:t xml:space="preserve">PALABRAS CLAVE: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F6FA843" w14:textId="58A08F2D" w:rsidR="004A7CD8" w:rsidRPr="00262A6D" w:rsidRDefault="006B33A8" w:rsidP="00A47538">
+    <w:p w14:paraId="1F6FA843" w14:textId="77CBB8B9" w:rsidR="004A7CD8" w:rsidRPr="00262A6D" w:rsidRDefault="006B33A8" w:rsidP="00A47538">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="00262A6D">
-        <w:t>Palabra clave 1, Palabra clave 2, Palabra clave 3, Palabra clave 4. (</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006A4EC0" w:rsidRPr="00262A6D">
+        <w:t xml:space="preserve">Palabra clave 1, Palabra clave 2, Palabra clave 3, Palabra clave 4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="006A4EC0" w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
         <w:t xml:space="preserve">Enlistar de </w:t>
       </w:r>
-      <w:r w:rsidRPr="00262A6D">
-        <w:t xml:space="preserve">tres a diez palabras clave pertinentes específicas del artículo, pero razonablemente comunes dentro de la disciplina del tema).  </w:t>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>tres a diez palabras clave pertinentes específicas del artículo, pero razonablemente comunes dentro de la disciplina del tema).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1996D554" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="001B376B" w:rsidRDefault="006B33A8" w:rsidP="003A0FC2">
       <w:pPr>
         <w:pStyle w:val="tRERBIO"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B376B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">ABSTRACT </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E4B0F12" w14:textId="2B0FE3E9" w:rsidR="007968BA" w:rsidRPr="001B376B" w:rsidRDefault="007968BA" w:rsidP="008432FC">
+    <w:p w14:paraId="4E4B0F12" w14:textId="08DBA617" w:rsidR="007968BA" w:rsidRPr="00117F67" w:rsidRDefault="007968BA" w:rsidP="008432FC">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
         <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It must be a paragraph </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>between 150 and 2</w:t>
+      </w:r>
+      <w:r w:rsidR="001B376B" w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>0 words maximum.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Abstracts should provide a relevant overview of the manuscript. We recommend authors to structure the abstract as follows, without headings: (1) Topic importance and aims of the article. (2) Method used: briefly describe the different methods or treatments applied. (3) Results: summarize the main findings presented in the article. (4) Conclusions: indicate the scientific conclusions or interpretations reached. The abstract should not include acronyms or </w:t>
+      </w:r>
+      <w:r w:rsidR="00117F67" w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>abbreviations;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> it should be an objective representation of the work and for no reason should contain results that are not present and substantiated in the main text.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="141FCA57" w14:textId="7B24CFF6" w:rsidR="006B33A8" w:rsidRPr="001B376B" w:rsidRDefault="006B33A8" w:rsidP="003A0FC2">
+      <w:pPr>
+        <w:pStyle w:val="tRERBIO"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="001B376B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>It must be a paragraph between 150 and 2</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>KEY WORDS:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22A23AA8" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="00117F67" w:rsidRDefault="006B33A8" w:rsidP="00A47538">
+      <w:pPr>
+        <w:pStyle w:val="CuerpotextoRBIO"/>
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>0</w:t>
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="001B376B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>0 words maximum. Abstracts should provide a relevant overview of the manuscript. We recommend authors to structure the abstract as follows, without headings: (1) Topic importance and aims of the article. (2) Method used: briefly describe the different methods or treatments applied. (3) Results: summarize the main findings presented in the article. (4) Conclusions: indicate the scientific conclusions or interpretations reached. The abstract should not include acronyms or abbreviations, it should be an objective representation of the work and for no reason should contain results that are not present and substantiated in the main text.</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Keyword 1, Keyword 2, Keyword 3, Keyword 4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...30 lines deleted...]
-    <w:p w14:paraId="44B10AB5" w14:textId="4ECF9745" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="00262A6D">
+        <w:t>(List three to ten relevant keywords specific to the article, but reasonably common within the subject discipline.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44B10AB5" w14:textId="17733C85" w:rsidR="006B33A8" w:rsidRPr="00117F67" w:rsidRDefault="006B33A8" w:rsidP="00262A6D">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
-      </w:pPr>
-      <w:r w:rsidRPr="008432FC">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>¿CÓMO USAR LA PLANTILLA?</w:t>
       </w:r>
-      <w:r w:rsidR="00DD23E6">
-[...3 lines deleted...]
-    <w:p w14:paraId="56F4AD20" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="00262A6D">
+    </w:p>
+    <w:p w14:paraId="03A289A2" w14:textId="354FD3F4" w:rsidR="006B33A8" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="03A289A2" w14:textId="27C12144" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">La </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">plantilla detalla las </w:t>
+      </w:r>
+      <w:r w:rsidR="009E3CE0" w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>secciones sugeridas para su manuscrito</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Tenga en cuenta que cada sección tiene un estilo correspondiente, que se puede encontrar en el menú "Estilos" de Word. Los títulos de </w:t>
+      </w:r>
+      <w:r w:rsidR="00E756DD" w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>sección proporcionados</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> son para artículos. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Los artículos de revisión y otros tipos de artículos tienen una estructura </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>más flexible.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C27BADE" w14:textId="1BD916B7" w:rsidR="00117F67" w:rsidRPr="00117F67" w:rsidRDefault="00117F67" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
-      </w:pPr>
-[...19 lines deleted...]
-    <w:p w14:paraId="0D86B9A3" w14:textId="3C1047A2" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Por favor, no modificar los tamaños de letra, interlineados predefinidos</w:t>
+      </w:r>
+      <w:r w:rsidR="00F42B13">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, números de línea</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> así como la tipografía empleada por nuestra revista; esta es Arial a 10 puntos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D86B9A3" w14:textId="3D0EA76E" w:rsidR="006B33A8" w:rsidRPr="00117F67" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
-      </w:pPr>
-      <w:r w:rsidRPr="008432FC">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve">La información que encuentre en este color y estilo es como referencia y deberá eliminarse. Para cualquier consulta, comuníquese con la oficina editorial de la revista o </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="008432FC">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00117F67">
+          <w:rPr>
+            <w:i/>
+            <w:iCs/>
+          </w:rPr>
           <w:t>biociencias@gmail.com</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="008432FC">
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> o </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="008432FC">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="00117F67">
+          <w:rPr>
+            <w:i/>
+            <w:iCs/>
+          </w:rPr>
           <w:t>biociencias@uan.edu.mx</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="008432FC">
+      <w:r w:rsidR="00CF2EC9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5798DD61" w14:textId="77777777" w:rsidR="006A4EC0" w:rsidRPr="008432FC" w:rsidRDefault="006A4EC0" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="048C5505" w14:textId="039AE827" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="008432FC">
+    <w:p w14:paraId="048C5505" w14:textId="378AA862" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="008432FC">
       <w:pPr>
         <w:pStyle w:val="TtuloseccinRBIO"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008432FC">
         <w:t>Introducción</w:t>
       </w:r>
-      <w:r w:rsidR="00CC724E">
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="16A65A24" w14:textId="66220E87" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
         <w:t>Es la presentación del problema que se aborda del cual se derivarán los objetivos del estudio. Podrá destacar la importancia, alcances, limitaciones y enfoque del problema. Incluye la revisión de literatura, que representa un breve análisis de aquellas publicaciones que tengan relación con el tema estudiado y que serán presentadas con una secuencia lógica para señalar antecedentes del problema y vincular el trabajo con investigaciones previas que le den soporte bibliográfico. Esta sección debe finalizar señalando los objetivos del estudio. Puede incluir otras secciones que podrán considerarse como subtítulos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06DCC8D6" w14:textId="5C5F52ED" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
+    <w:p w14:paraId="06DCC8D6" w14:textId="5C5F52ED" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
-      </w:pPr>
-      <w:r w:rsidRPr="008432FC">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004455C0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>NOTA: Las citas que se incluyen a lo largo del texto pueden ser de forma narrativa (contienen como parte de la oración al autor) o de forma parentética (</w:t>
       </w:r>
-      <w:r w:rsidR="00B909FF" w:rsidRPr="008432FC">
+      <w:r w:rsidR="00B909FF" w:rsidRPr="004455C0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>si es el caso</w:t>
       </w:r>
-      <w:r w:rsidR="00E756DD" w:rsidRPr="008432FC">
+      <w:r w:rsidR="00E756DD" w:rsidRPr="004455C0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>, el autor (es) y la fecha deberá</w:t>
       </w:r>
-      <w:r w:rsidR="00363D43" w:rsidRPr="008432FC">
+      <w:r w:rsidR="00363D43" w:rsidRPr="004455C0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> estar</w:t>
       </w:r>
-      <w:r w:rsidRPr="008432FC">
+      <w:r w:rsidRPr="004455C0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> entre paréntesis</w:t>
       </w:r>
-      <w:r w:rsidR="00363D43" w:rsidRPr="008432FC">
+      <w:r w:rsidR="00363D43" w:rsidRPr="004455C0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="008432FC">
+      <w:r w:rsidRPr="004455C0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> separados por una coma), se plasman empezando con el primer apellido del autor seguido el año de publicación del artículo o documento. En seguida se muestran ejemplos de las citas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F115E3B" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="0079709E">
+    <w:p w14:paraId="5F115E3B" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="0079709E">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
-      </w:pPr>
-      <w:r w:rsidRPr="008432FC">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004455C0">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
         <w:t>Un autor:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3858E8E2" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
+    <w:p w14:paraId="3858E8E2" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-      <w:r w:rsidRPr="008432FC">
-[...11 lines deleted...]
-    <w:p w14:paraId="45EAEBB6" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
+      <w:r w:rsidRPr="004455C0">
+        <w:t>Cita parentética: (Botkin, 1993)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45EAEBB6" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-      <w:r w:rsidRPr="008432FC">
-[...11 lines deleted...]
-    <w:p w14:paraId="60617524" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
+      <w:r w:rsidRPr="004455C0">
+        <w:t>Cita narrativa: Botkin (1993)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15D7BF9F" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="0079709E">
+      <w:pPr>
+        <w:pStyle w:val="CuerpotextoRBIO"/>
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004455C0">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>Dos autores:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10DEEC90" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="15D7BF9F" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="0079709E">
+      <w:r w:rsidRPr="004455C0">
+        <w:t>Cita parentética: (Roller &amp; Covill, 2000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="532613D2" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
+      <w:pPr>
+        <w:pStyle w:val="INSTRUCCIONESRBIO"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004455C0">
+        <w:t>Cita narrativa: Roller &amp; Covill (2000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="240C2D14" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="0079709E">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="10DEEC90" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004455C0">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>Tres o más autores:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="022A2A04" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-      <w:r w:rsidRPr="008432FC">
-[...19 lines deleted...]
-    <w:p w14:paraId="532613D2" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
+      <w:r w:rsidRPr="004455C0">
+        <w:t>Cita parentética: (Castilhos et al., 2019)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="269A9573" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-      <w:r w:rsidRPr="008432FC">
-[...19 lines deleted...]
-    <w:p w14:paraId="76D35260" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
+      <w:r w:rsidRPr="004455C0">
+        <w:t>Cita narrativa: Castilhos et al. (2019)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04348F3C" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="0079709E">
+      <w:pPr>
+        <w:pStyle w:val="CuerpotextoRBIO"/>
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004455C0">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>Varias publicaciones en una sola cita:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F67B02F" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-    </w:p>
-[...8 lines deleted...]
-    <w:p w14:paraId="022A2A04" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
+      <w:r w:rsidRPr="004455C0">
+        <w:t>Para incluir los autores de varias obras dentro de un paréntesis, se deben ordenar los autores</w:t>
+      </w:r>
+      <w:r w:rsidR="00363D43" w:rsidRPr="004455C0">
+        <w:t xml:space="preserve"> por año, seguida</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004455C0">
+        <w:t xml:space="preserve"> alfabéticamente de acuerdo al orden de aparición en la lista de referencias. Se utiliza el punto y coma (;) para separar las citas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E71FA87" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-      <w:r w:rsidRPr="008432FC">
-[...11 lines deleted...]
-    <w:p w14:paraId="269A9573" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
+      <w:r w:rsidRPr="004455C0">
+        <w:lastRenderedPageBreak/>
+        <w:t>(Cox-Foster et al., 2007; Guzmán-Novoa et al., 2010; Stankus, 2014)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35A4D127" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-      <w:r w:rsidRPr="008432FC">
-[...11 lines deleted...]
-    <w:p w14:paraId="136426E3" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
+    </w:p>
+    <w:p w14:paraId="0EF8A348" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-    </w:p>
-[...8 lines deleted...]
-    <w:p w14:paraId="6F67B02F" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
+      <w:r w:rsidRPr="004455C0">
+        <w:t>Las citas de un mismo autor con el mismo año de publicación: se colocan letras al año (a, b, c…)  en orden en que fueron publicadas las obras. Ejemplo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="739CBA06" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-      <w:r w:rsidRPr="008432FC">
-[...13 lines deleted...]
-    <w:p w14:paraId="77DEEE89" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
+      <w:r w:rsidRPr="004455C0">
+        <w:t>Cita parentética: (Toledo- Ibarra et al., 2016a), (Toledo- Ibarra et al., 2016b)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E997336" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="3E71FA87" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
+      <w:r w:rsidRPr="004455C0">
+        <w:t>Cita narrativa: Toledo- Ibarra et al. (2016a), Toledo- Ibarra et al. (2016b)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FE5C259" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-      <w:r w:rsidRPr="008432FC">
-[...11 lines deleted...]
-    <w:p w14:paraId="35A4D127" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
+    </w:p>
+    <w:p w14:paraId="6C5DA11A" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="0EF8A348" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
+      <w:r w:rsidRPr="004455C0">
+        <w:t>La distinción de las letras también se realiza en las referencias, se colocará dentro del paréntesis del año de la publicación:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EFA5B4E" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
-      </w:pPr>
-[...48 lines deleted...]
-      <w:r w:rsidRPr="001B376B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Effects of diazinon on the lymphocytic cholinergic system of Nile tilapia fish (Oreochromis </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001B376B">
+      </w:pPr>
+      <w:r w:rsidRPr="004455C0">
+        <w:t xml:space="preserve">Toledo-Ibarra, G. A., Díaz-Resendiz, K. J. G., Pavón-Romero, L., Rojas-García, A. E., Medina-Díaz, I. M., &amp; Girón-Pérez, M. I. (2016a). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004455C0">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>niloticus</w:t>
-[...33 lines deleted...]
-        <w:r w:rsidRPr="008432FC">
+        <w:t xml:space="preserve">Effects of diazinon on the lymphocytic cholinergic system of Nile tilapia fish (Oreochromis niloticus). Veterinary immunology and immunopathology, 176, 58-63. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="004455C0">
+          <w:rPr>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
           <w:t>https://doi.org/10.1016/j.vetimm.2016.05.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="458D98BA" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
+    <w:p w14:paraId="458D98BA" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="6428E5CB" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="001B376B" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6428E5CB" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008432FC">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="001B376B">
+      <w:r w:rsidRPr="004455C0">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Assessment of pollution of the Boca de </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001B376B">
+        <w:t>Toledo-Ibarra, G. A., Resendiz, K. D., Ventura-Ramón, G. H., Romero-Bañuelos, C. A., Medina-Díaz, I. M., Rojas-García, A. E., Vega- López, A., &amp; Girón-Pérez, M. I. (2016b). Assessment of pollution of the Boca de Camichin Estuary in Nayarit (Mexico) and its influence on oxidative stress in Crassostrea corteziensis oysters. Comparative Biochemistry and Physiology Part A: Molecular &amp; Integrative Physiology, 200, 47-55. https://doi.org/10.1016/j.cbpa.2016.05.003</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10048EDD" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
+      <w:pPr>
+        <w:pStyle w:val="INSTRUCCIONESRBIO"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Camichin</w:t>
-[...23 lines deleted...]
-    <w:p w14:paraId="10048EDD" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="001B376B" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19E98044" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="19E98044" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
+      </w:pPr>
+      <w:r w:rsidRPr="004455C0">
+        <w:t>Las citas de un mismo autor pero con un año diferente: se indica el apellido del autor y entre paréntesis los años correspondientes separados por un punto y coma (;). Ejemplo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DEA6B39" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-      <w:r w:rsidRPr="008432FC">
-[...3 lines deleted...]
-    <w:p w14:paraId="2DEA6B39" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
+      <w:r w:rsidRPr="004455C0">
+        <w:t>Cita parentética: (Toledo-Ibarra et al., 2021; 2019)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15203E3B" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-      <w:r w:rsidRPr="008432FC">
-[...3 lines deleted...]
-    <w:p w14:paraId="15203E3B" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
+      <w:r w:rsidRPr="004455C0">
+        <w:t>Cita narrativa: Toledo-Ibarra et al. (2021; 2019)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11000CB7" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="00262A6D">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-      <w:r w:rsidRPr="008432FC">
-[...3 lines deleted...]
-    <w:p w14:paraId="11000CB7" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="00262A6D">
+    </w:p>
+    <w:p w14:paraId="49F4938F" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="49F4938F" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
+      <w:r w:rsidRPr="004455C0">
+        <w:t>Los trabajos de diferentes autores con el mismo apellido: se incluyen las iniciales del nombre del autor:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46CDAEF0" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-      <w:r w:rsidRPr="008432FC">
-[...3 lines deleted...]
-    <w:p w14:paraId="46CDAEF0" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
+      <w:r w:rsidRPr="004455C0">
+        <w:t>Cita parentética: (Girón-Pérez, M.I. et al., 2021) (Girón-Pérez, D. A., et al., 2019)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BBD0CCB" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-      <w:r w:rsidRPr="008432FC">
-[...3 lines deleted...]
-    <w:p w14:paraId="5BBD0CCB" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
+      <w:r w:rsidRPr="004455C0">
+        <w:t>Cita narrativa: Girón-Pérez, M.I., et al. (2021), Girón-Pérez, D. A., et al. (2019)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EA0BF41" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="00262A6D">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-      <w:r w:rsidRPr="008432FC">
-[...3 lines deleted...]
-    <w:p w14:paraId="7EA0BF41" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="00262A6D">
+    </w:p>
+    <w:p w14:paraId="77D615F3" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="77D615F3" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
+      <w:r w:rsidRPr="004455C0">
+        <w:t xml:space="preserve">Los acrónimos/abreviaturas/iniciales deberán mencionarse siempre en inglés y definirse la primera vez (en inglés o español, según la versión de manuscrito) que aparecen en cada una de las secciones: el resumen; el texto principal; la primera figura o tabla; y discusión. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B14F67F" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="004455C0" w:rsidRDefault="006B33A8" w:rsidP="006B33A8">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-      <w:r w:rsidRPr="008432FC">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="008432FC">
+      <w:r w:rsidRPr="004455C0">
         <w:t>Deben utilizarse unidades SI (Sistema Internacional de Unidades). Las unidades imperiales, tradicionales de EE. UU. y otras deben convertirse a unidades SI siempre que sea posible.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D986E02" w14:textId="534CB66A" w:rsidR="009E3CE0" w:rsidRPr="000E1897" w:rsidRDefault="009E3CE0" w:rsidP="000E1897">
+    <w:p w14:paraId="4D986E02" w14:textId="1FD9B11F" w:rsidR="009E3CE0" w:rsidRPr="000E1897" w:rsidRDefault="009E3CE0" w:rsidP="000E1897">
       <w:pPr>
         <w:pStyle w:val="TtuloseccinRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="000E1897">
-        <w:t>Material y Métodos</w:t>
+        <w:t>Material</w:t>
+      </w:r>
+      <w:r w:rsidR="00117F67">
+        <w:t>es</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E1897">
+        <w:t xml:space="preserve"> y Métodos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BC11DFD" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="00262A6D" w:rsidRDefault="009E3CE0" w:rsidP="000E1897">
       <w:pPr>
         <w:pStyle w:val="SubseccinRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="00262A6D">
+        <w:t>Descripción 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AA855E3" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
+      <w:pPr>
+        <w:pStyle w:val="CuerpotextoRBIO"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008432FC">
         <w:lastRenderedPageBreak/>
-        <w:t>Descripción 1</w:t>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="008432FC">
         <w:t>Debe describir los materiales utilizados y explicar detalladamente los métodos de investigación aplicados para la ejecución del trabajo. Esta sección finaliza señalando las pruebas estadísticas empleadas para analizar objetivamente los resultados.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56F3E3B8" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="000E1897" w:rsidRDefault="009E3CE0" w:rsidP="000E1897">
       <w:pPr>
         <w:pStyle w:val="SubseccinRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="00262A6D">
         <w:t>Descripción 2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6573E627" w14:textId="77777777" w:rsidR="006B33A8" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
         <w:t>Debe describir los materiales utilizados y explicar detalladamente los métodos de investigación aplicados para la ejecución del trabajo. Esta sección finaliza señalando las pruebas estadísticas empleadas para analizar objetivamente los resultados.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A515DFB" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
+    <w:p w14:paraId="2A515DFB" w14:textId="724C050C" w:rsidR="009E3CE0" w:rsidRPr="00117F67" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-      <w:r w:rsidRPr="008432FC">
+      <w:r w:rsidRPr="00117F67">
         <w:t>Ecuaciones</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="0E8F2AAC" w14:textId="07F5E339" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
+      <w:r w:rsidR="00117F67" w:rsidRPr="00117F67">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E8F2AAC" w14:textId="3AE78CC4" w:rsidR="009E3CE0" w:rsidRPr="00117F67" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-      <w:r w:rsidRPr="008432FC">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E756DD" w:rsidRPr="008432FC">
+      <w:r w:rsidRPr="00117F67">
+        <w:t xml:space="preserve">Las ecuaciones deberán estar incluidas en el texto principal, numeradas </w:t>
+      </w:r>
+      <w:r w:rsidR="00117F67" w:rsidRPr="00117F67">
+        <w:t>de acuerdo con el</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117F67">
+        <w:t xml:space="preserve"> orden de aparición (Ecuación 1, Ecuación </w:t>
+      </w:r>
+      <w:r w:rsidR="00E756DD" w:rsidRPr="00117F67">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="008432FC">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E756DD" w:rsidRPr="008432FC">
+      <w:r w:rsidRPr="00117F67">
+        <w:t xml:space="preserve">. etc). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Por favor use el editor de ecuaciones de MS Word.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117F67">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">No </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004455C0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>deben</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ser imágenes.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E756DD" w:rsidRPr="00117F67">
         <w:t xml:space="preserve"> Ejemplo: </w:t>
       </w:r>
-      <w:r w:rsidRPr="008432FC">
+      <w:r w:rsidRPr="00117F67">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <m:oMath>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
           </w:rPr>
           <m:t>x=</m:t>
         </m:r>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
             </m:ctrlPr>
           </m:fPr>
           <m:num>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
               <m:t>-b</m:t>
             </m:r>
           </m:num>
           <m:den>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
               <m:t>2a</m:t>
             </m:r>
           </m:den>
         </m:f>
       </m:oMath>
-      <w:r w:rsidRPr="008432FC">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+      <w:r w:rsidRPr="00117F67">
+        <w:t xml:space="preserve">    ;  </w:t>
       </w:r>
       <m:oMath>
         <m:sSup>
           <m:sSupPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSupPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
               <m:t>20</m:t>
             </m:r>
           </m:e>
           <m:sup>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
               <m:t>2</m:t>
             </m:r>
@@ -1235,51 +1350,51 @@
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       </w:rPr>
                       <m:t>2</m:t>
                     </m:r>
                   </m:sup>
                 </m:sSup>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                   </w:rPr>
                   <m:t>-4ac</m:t>
                 </m:r>
               </m:e>
             </m:rad>
           </m:num>
           <m:den>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
               <m:t>2a</m:t>
             </m:r>
           </m:den>
         </m:f>
       </m:oMath>
-      <w:r w:rsidRPr="008432FC">
+      <w:r w:rsidRPr="00117F67">
         <w:t xml:space="preserve">    ; </w:t>
       </w:r>
       <m:oMath>
         <m:func>
           <m:funcPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
             </m:ctrlPr>
           </m:funcPr>
           <m:fName>
             <m:limLow>
               <m:limLowPr>
                 <m:ctrlPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                   </w:rPr>
                 </m:ctrlPr>
               </m:limLowPr>
               <m:e>
                 <m:r>
                   <m:rPr>
                     <m:sty m:val="p"/>
                   </m:rPr>
@@ -1369,143 +1484,154 @@
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24A85CBF" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="00262A6D" w:rsidRDefault="009E3CE0" w:rsidP="00C05C30">
       <w:pPr>
         <w:pStyle w:val="TtuloseccinRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="00262A6D">
         <w:t>Resultados y Discusión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69FAE1ED" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
         <w:t>Constituyen el núcleo central del artículo científico. Aquí se describirán de forma lógica, objetiva, exacta y fácil de comprender los resultados y tendencias más relevantes del trabajo, los cuales serán expresados principalmente en Tablas y/o Figuras; complementando con un análisis o interpretación del autor, de manera rigurosa sobre los resultados obtenidos, así como un contraste con los resultados de otros autores.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58BA396E" w14:textId="77777777" w:rsidR="0079709E" w:rsidRPr="008432FC" w:rsidRDefault="0079709E" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B3A2638" w14:textId="02095A6E" w:rsidR="0079709E" w:rsidRPr="008432FC" w:rsidRDefault="0079709E" w:rsidP="0079709E">
+    <w:p w14:paraId="7B3A2638" w14:textId="02095A6E" w:rsidR="0079709E" w:rsidRPr="004455C0" w:rsidRDefault="0079709E" w:rsidP="0079709E">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-      <w:r w:rsidRPr="008432FC">
+      <w:r w:rsidRPr="004455C0">
         <w:t>Figuras y/o gráficas deberá presentarse en idioma inglés, con fondo blanco, ubicadas dentro del archivo principal, y en español como anexos adjuntos enumerados, en formato de archivo TIFF, PNG, PDF, JPEG o JPG, con una resolución de 300 dpi, para todos los casos. Las siglas deberán ser en idioma inglés en ambas versiones del manuscrito (</w:t>
       </w:r>
-      <w:r w:rsidR="00B909FF" w:rsidRPr="008432FC">
+      <w:r w:rsidR="00B909FF" w:rsidRPr="004455C0">
         <w:t>inglés/español</w:t>
       </w:r>
-      <w:r w:rsidRPr="008432FC">
+      <w:r w:rsidRPr="004455C0">
         <w:t>).</w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="1AAF4CF8" w14:textId="06D1FD5B" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="0080055F" w:rsidP="0080055F">
       <w:pPr>
         <w:pStyle w:val="FgurattuloRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC" w:rsidDel="00992ED1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BFDD2DC" w14:textId="77777777" w:rsidR="0080055F" w:rsidRPr="001B376B" w:rsidRDefault="009E3CE0" w:rsidP="0080055F">
       <w:pPr>
         <w:pStyle w:val="FgurattuloRBIO"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B376B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Figure 1. Title- description. Source: Own elaboration based on</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ADA586C" w14:textId="470027A5" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="0080055F">
+    <w:p w14:paraId="4ADA586C" w14:textId="470027A5" w:rsidR="009E3CE0" w:rsidRDefault="009E3CE0" w:rsidP="0080055F">
       <w:pPr>
         <w:pStyle w:val="FgurattuloRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
         <w:t>Figura 1. Título descripción. Fuente: Elaboración propia a partir de…</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="357EF47D" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
+    <w:p w14:paraId="7F7F0D68" w14:textId="77777777" w:rsidR="00732DBC" w:rsidRDefault="00732DBC" w:rsidP="00732DBC">
+      <w:pPr>
+        <w:pStyle w:val="FigurafuenteRBIO"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5ADCB797" w14:textId="77777777" w:rsidR="00732DBC" w:rsidRPr="00732DBC" w:rsidRDefault="00732DBC" w:rsidP="00732DBC">
+      <w:pPr>
+        <w:pStyle w:val="FigurafuenteRBIO"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62761D4D" w14:textId="77777777" w:rsidR="0079709E" w:rsidRPr="00117F67" w:rsidRDefault="0079709E" w:rsidP="0079709E">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="008432FC">
+      <w:r w:rsidRPr="00117F67">
         <w:t>Tablas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="684EEE29" w14:textId="77777777" w:rsidR="00B909FF" w:rsidRPr="001B376B" w:rsidRDefault="0079709E" w:rsidP="008432FC">
+    <w:p w14:paraId="684EEE29" w14:textId="670705EB" w:rsidR="00B909FF" w:rsidRPr="00117F67" w:rsidRDefault="0079709E" w:rsidP="008432FC">
       <w:pPr>
         <w:pStyle w:val="TablacuerpoRBIO"/>
         <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B376B">
-        <w:rPr>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">La información de las tablas debe presentarse en formato de MS Word® editable e idioma inglés. El tamaño de letra deberá ser de 8 máximo 10, así como los superíndices que considere necesarios (por ejemplo:  -1 *, puede anexarlos con comando </w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t>La información de las tablas debe presentarse en formato de MS Word® editable e</w:t>
+      </w:r>
+      <w:r w:rsidR="00117F67">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>Ctrl</w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ++). Las siglas deberán ser en idioma inglés en ambas versiones del manuscrito (es decir, tanto en la columna en inglés como en el español). </w:t>
+        <w:t xml:space="preserve"> idioma</w:t>
+      </w:r>
+      <w:r w:rsidR="00117F67">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> español o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inglés. El tamaño de letra deberá ser de 8 máximo 10, así como los superíndices que considere necesarios (por ejemplo: -1 *, puede anexarlos con comando Ctrl ++). Las siglas deberán ser en idioma inglés en ambas versiones del manuscrito (es decir, tanto en la columna en inglés como en el español).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="371376E8" w14:textId="77777777" w:rsidR="00B909FF" w:rsidRPr="001B376B" w:rsidRDefault="00B909FF" w:rsidP="008432FC">
       <w:pPr>
         <w:pStyle w:val="TablacuerpoRBIO"/>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00C57E39" w14:textId="77777777" w:rsidR="00B909FF" w:rsidRPr="00262A6D" w:rsidRDefault="00B909FF" w:rsidP="008432FC">
       <w:pPr>
         <w:pStyle w:val="FgurattuloRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="00262A6D">
         <w:t xml:space="preserve">Tabla 1. Titulo- description. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3387FF50" w14:textId="77777777" w:rsidR="00B909FF" w:rsidRPr="00262A6D" w:rsidRDefault="00B909FF" w:rsidP="008432FC">
       <w:pPr>
         <w:pStyle w:val="TablattuloRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="00262A6D">
         <w:t xml:space="preserve">Tabla 1. Título descripción. </w:t>
       </w:r>
@@ -1525,50 +1651,51 @@
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="856"/>
         <w:gridCol w:w="1359"/>
         <w:gridCol w:w="1374"/>
         <w:gridCol w:w="1360"/>
         <w:gridCol w:w="1373"/>
         <w:gridCol w:w="1359"/>
         <w:gridCol w:w="1373"/>
       </w:tblGrid>
       <w:tr w:rsidR="009E3CE0" w:rsidRPr="00262A6D" w14:paraId="1498E2A9" w14:textId="77777777" w:rsidTr="00262A6D">
         <w:trPr>
           <w:trHeight w:val="412"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3589" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="40E6B163" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="009C049D" w:rsidRDefault="009E3CE0" w:rsidP="009C049D">
             <w:pPr>
               <w:pStyle w:val="TablacuerpoRBIO"/>
             </w:pPr>
             <w:r w:rsidRPr="00262A6D">
+              <w:lastRenderedPageBreak/>
               <w:t>A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2733" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6D2FE77C" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="009C049D" w:rsidRDefault="009E3CE0" w:rsidP="009C049D">
             <w:pPr>
               <w:pStyle w:val="TablacuerpoRBIO"/>
             </w:pPr>
             <w:r w:rsidRPr="00262A6D">
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2732" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="61D07156" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="009C049D" w:rsidRDefault="009E3CE0" w:rsidP="009C049D">
             <w:pPr>
@@ -1630,91 +1757,87 @@
               <w:t>g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1360" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15822FC3" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="009C049D" w:rsidRDefault="009E3CE0" w:rsidP="009C049D">
             <w:pPr>
               <w:pStyle w:val="TablacuerpoRBIO"/>
             </w:pPr>
             <w:r w:rsidRPr="008432FC">
               <w:t>Control</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1373" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E6F06F5" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="009C049D" w:rsidRDefault="009E3CE0" w:rsidP="009C049D">
             <w:pPr>
               <w:pStyle w:val="TablacuerpoRBIO"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008432FC">
               <w:t>Solución</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="446ACAE8" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="009C049D" w:rsidRDefault="00B909FF" w:rsidP="009C049D">
             <w:pPr>
               <w:pStyle w:val="TablacuerpoRBIO"/>
             </w:pPr>
             <w:r w:rsidRPr="008432FC">
               <w:t>S</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1359" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4FF70152" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="009C049D" w:rsidRDefault="009E3CE0" w:rsidP="009C049D">
             <w:pPr>
               <w:pStyle w:val="TablacuerpoRBIO"/>
             </w:pPr>
             <w:r w:rsidRPr="008432FC">
               <w:t>Control</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1373" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51FA74DD" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="009C049D" w:rsidRDefault="009E3CE0" w:rsidP="009C049D">
             <w:pPr>
               <w:pStyle w:val="TablacuerpoRBIO"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008432FC">
               <w:t>Solución</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="10622678" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="009C049D" w:rsidRDefault="009E3CE0" w:rsidP="009C049D">
             <w:pPr>
               <w:pStyle w:val="TablacuerpoRBIO"/>
             </w:pPr>
             <w:r w:rsidRPr="008432FC">
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E3CE0" w:rsidRPr="00262A6D" w14:paraId="309B09A6" w14:textId="77777777" w:rsidTr="00262A6D">
         <w:trPr>
           <w:trHeight w:val="346"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="856" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F7556E9" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="009C049D" w:rsidRDefault="009E3CE0" w:rsidP="009C049D">
             <w:pPr>
               <w:pStyle w:val="TablacuerpoRBIO"/>
             </w:pPr>
             <w:r w:rsidRPr="008432FC">
               <w:t>1</w:t>
@@ -2179,1252 +2302,897 @@
               <w:pStyle w:val="TablacuerpoRBIO"/>
             </w:pPr>
             <w:r w:rsidRPr="008432FC">
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4FC3C774" w14:textId="77777777" w:rsidR="00B909FF" w:rsidRPr="00262A6D" w:rsidRDefault="00B909FF" w:rsidP="008432FC">
       <w:pPr>
         <w:pStyle w:val="TablafuenteRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="00262A6D">
         <w:t>Source</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24C77F57" w14:textId="77777777" w:rsidR="00B909FF" w:rsidRPr="00262A6D" w:rsidRDefault="00B909FF" w:rsidP="008432FC">
       <w:pPr>
         <w:pStyle w:val="TablafuenteRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="00262A6D">
         <w:t>Fuente</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="315BA61A" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="00262A6D" w:rsidRDefault="009E3CE0" w:rsidP="008432FC">
-[...4 lines deleted...]
-    <w:p w14:paraId="240001D3" w14:textId="77777777" w:rsidR="0079709E" w:rsidRPr="008432FC" w:rsidRDefault="0079709E" w:rsidP="009E3CE0">
+    <w:p w14:paraId="2F52AEFB" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="00117F67" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="2F52AEFB" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
+      <w:r w:rsidRPr="00117F67">
+        <w:t>Materiales complementarios</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="120F96EC" w14:textId="70CDD89E" w:rsidR="0079709E" w:rsidRPr="00117F67" w:rsidRDefault="009E3CE0" w:rsidP="0079709E">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-      <w:r w:rsidRPr="008432FC">
-[...16 lines deleted...]
-        <w:t>1", "mat.compl2", "mat.compl3", etc.</w:t>
+      <w:r w:rsidRPr="00117F67">
+        <w:t>Algunos manuscritos para su validación pueden ser sujetos a poseer material complementario que apoya o respalda los resultados del mismo. Ejemplos de este material pueden ser: espectros de IR, RMN, cromatogramas etc</w:t>
+      </w:r>
+      <w:r w:rsidR="00117F67">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00117F67" w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>inéditos</w:t>
+      </w:r>
+      <w:r w:rsidR="00117F67">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o en su defecto citar la fuente dónde fueron tomados haciendo de conocimiento de manera citada y explícita</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117F67">
+        <w:t xml:space="preserve"> Estos durante el envío deberán ser adjuntados en formato de archivo TIFF, PNG, PDF, JPEG o JPG, con una resolución de 300 dpi. Además, el (los) archivo (s) debe ser guardado (s) con el nombre consecutivo (si lo amerita) de:  "mat.compl1", "mat.compl2", "mat.compl3", etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3936CED7" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="00262A6D" w:rsidRDefault="009E3CE0" w:rsidP="008432FC">
       <w:pPr>
         <w:pStyle w:val="TtuloseccinRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="00262A6D">
         <w:t>Conclusiones</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06A9E10E" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="0079709E">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
         <w:t>Se incluye la o las conclusiones con las principales aportaciones del trabajo. Mismos que serán emanados de los resultados, de igual manera se podrá mencionar recomendaciones para futuros trabajos o bien posible la aplicación de los resultados para la resolución de problemas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E2B8C7C" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="00262A6D" w:rsidRDefault="009E3CE0" w:rsidP="008432FC">
       <w:pPr>
         <w:pStyle w:val="TtuloseccinRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="00262A6D">
         <w:t>Contribución de los autores</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27B945F1" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
-      <w:r w:rsidRPr="008432FC">
-        <w:t>Con el objetivo de fomentar el trabajo equitativo, para artículos de investigación con varios autores, se debe proporcionar un breve párrafo que especifique sus aportaciones individuales, Esta sección deberá coincidir con el mismo número de autores. Se deben utilizar los siguientes puntos: “Conceptualización del trabajo, autor 1, autor 2.; desarrollo de la metodología, autor 1, autor 2.; manejo de software, autor 1, autor 2.; validación experimental, autor 1, autor 2.; análisis de resultados, autor 1, autor 2.; Manejo de datos, autor 1, autor 2.; escritura y preparación del manuscrito, autor 1, autor 2.; redacción, revisión y edición, autor 1, autor 2.; administrador de proyectos, autor 1, autor 2.; adquisición de fondos, autor 1, autor 2. Agregue: “Todos los autores de este manuscrito han leído y aceptado la versión publicada del mismo.” Para nombrar a los participantes, deberán usarse siglas de su nombre. La autoría debe limitarse a aquellos que hayan contribuido sustancialmente al trabajo informado.</w:t>
+      <w:r w:rsidRPr="005D642C">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>Con el objetivo de fomentar el trabajo equitativo, para artículos de investigación con varios autores, se debe proporcionar un breve párrafo que especifique sus aportaciones individuales, Esta sección deberá coincidir con el mismo número de autores. Se deben utilizar los siguientes puntos:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008432FC">
+        <w:t xml:space="preserve"> “Conceptualización del trabajo, autor 1, autor 2.; desarrollo de la metodología, autor 1, autor 2.; manejo de software, autor 1, autor 2.; validación experimental, autor 1, autor 2.; análisis de resultados, autor 1, autor 2.; Manejo de datos, autor 1, autor 2.; escritura y preparación del manuscrito, autor 1, autor 2.; redacción, revisión y edición, autor 1, autor 2.; administrador de proyectos, autor 1, autor 2.; adquisición de fondos, autor 1, autor 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008627F5">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>. Agregue:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008432FC">
+        <w:t xml:space="preserve"> “Todos los autores de este manuscrito han leído y aceptado la versión publicada del mismo.” Para nombrar a los participantes, deberán usarse siglas de su nombre. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008627F5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>La autoría debe limitarse a aquellos que hayan contribuido sustancialmente al trabajo informado.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09BD00AD" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="00262A6D" w:rsidRDefault="009E3CE0" w:rsidP="008432FC">
       <w:pPr>
         <w:pStyle w:val="TtuloseccinRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="00262A6D">
         <w:t>Financiamiento</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32CFA352" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
+      <w:r w:rsidRPr="008627F5">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>Si el manuscrito producto de algún proyecto de investigación fue solventado (o no) con fondos debe agregar:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008432FC">
+        <w:t xml:space="preserve"> "Esta investigación no recibió financiamiento externo" o "Esta investigación fue </w:t>
+      </w:r>
       <w:r w:rsidRPr="008432FC">
         <w:lastRenderedPageBreak/>
-        <w:t>Si el manuscrito producto de algún proyecto de investigación fue solventado (o no) con fondos debe agregar: "Esta investigación no recibió financiamiento externo" o "Esta investigación fue financiada por NOMBRE DEL FINANCIADOR, número de convenio XXX" o "Esta investigación fue financiada con fondos propios". Verifique cuidadosamente que los detalles proporcionados sean precisos y no omita cualquier detalle relevante.</w:t>
+        <w:t xml:space="preserve">financiada por NOMBRE DEL FINANCIADOR, número de convenio XXX" o "Esta investigación fue financiada con fondos propios". </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008627F5">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>Verifique cuidadosamente que los detalles proporcionados sean precisos y no omita cualquier detalle relevante.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62B95CA6" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="00262A6D" w:rsidRDefault="009E3CE0" w:rsidP="008432FC">
       <w:pPr>
         <w:pStyle w:val="TtuloseccinRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="00262A6D">
         <w:t>Declaraciones éticas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15D1BD56" w14:textId="38203C1C" w:rsidR="0079709E" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="006A4EC0">
+    <w:p w14:paraId="15D1BD56" w14:textId="38203C1C" w:rsidR="0079709E" w:rsidRPr="008627F5" w:rsidRDefault="009E3CE0" w:rsidP="006A4EC0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
-      </w:pPr>
-      <w:r w:rsidRPr="008432FC">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008627F5">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
         <w:t>Las publicaciones presentadas deben surgir de investigaciones responsables y éticas y cumplir con los códigos de investigación y la legislación pertinente. Por favor agregar la Declaración de la Junta de Revisión Institucional y el número de aprobación, si es relevante para su estudio. Puede optar por excluir esta declaración si el estudio no requiere aprobación ética. Tenga en cuenta que la Revista Bio Ciencias podrá solicitarle más información.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A593E39" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="00262A6D" w:rsidRDefault="009E3CE0" w:rsidP="008432FC">
       <w:pPr>
         <w:pStyle w:val="TtuloseccinRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="00262A6D">
         <w:t>Declaración de consentimiento informado</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CB4CA1A" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="0079709E">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
-      <w:r w:rsidRPr="008432FC">
-        <w:t xml:space="preserve">Si la investigación realizada empleó humanos deberá agregar: "Se obtuvo el consentimiento informado de todos los sujetos involucrados en el estudio". O "Se renunció al consentimiento del paciente debido a una RAZÓN (proporcione una justificación detallada)". </w:t>
+      <w:r w:rsidRPr="008627F5">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si la investigación realizada empleó humanos deberá agregar: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008432FC">
+        <w:t xml:space="preserve">"Se obtuvo el consentimiento informado de todos los sujetos involucrados en el estudio". O "Se renunció al consentimiento del paciente debido a una RAZÓN (proporcione una justificación detallada)". </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EBA2687" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="00262A6D" w:rsidRDefault="009E3CE0" w:rsidP="008432FC">
       <w:pPr>
         <w:pStyle w:val="TtuloseccinRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="00262A6D">
         <w:t>Agradecimientos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4664F623" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
+    <w:p w14:paraId="4664F623" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008627F5" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
-      </w:pPr>
-      <w:r w:rsidRPr="008432FC">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008627F5">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
         <w:t>En esta sección, puede agradecer cualquier apoyo brindado (ya sea institucional o personal) que no aplique a secciones de contribución o financiamiento de la investigación. Puede incluir apoyo administrativo y técnico, o donaciones (por ejemplo, materiales utilizados para experimentos).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A43888A" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="00262A6D" w:rsidRDefault="009E3CE0" w:rsidP="008432FC">
       <w:pPr>
         <w:pStyle w:val="TtuloseccinRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="00262A6D">
         <w:t>Conflicto de interés</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BD9D837" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
-      <w:r w:rsidRPr="008432FC">
-[...9 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="008627F5">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si no existe conflicto de interés agregar: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008432FC">
+        <w:t xml:space="preserve">“Los autores declaran no tener conflicto de interés”. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008627F5">
+        <w:rPr>
+          <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t>Si por algún motivo existiesen los autores deben identificar y declarar cualquier circunstancia o interés personal que pueda percibirse como una influencia inapropiada en la representación o interpretación de los resultados de investigación.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="54B2AD1D" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="00262A6D" w:rsidRDefault="009E3CE0" w:rsidP="008432FC">
       <w:pPr>
         <w:pStyle w:val="TtuloseccinRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="00262A6D">
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65A80321" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
+    <w:p w14:paraId="65A80321" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="005D642C" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-      <w:r w:rsidRPr="008432FC">
+      <w:r w:rsidRPr="005D642C">
         <w:t xml:space="preserve">El listado de referencias detalla información de todos los artículos y documentos citados a lo largo del texto (sólo aquellas que el autor utilizó de forma explícita en su manuscrito). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="798D01C5" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
+    <w:p w14:paraId="798D01C5" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="005D642C" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-      <w:r w:rsidRPr="008432FC">
-[...27 lines deleted...]
-    <w:p w14:paraId="3189DB47" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
+      <w:r w:rsidRPr="005D642C">
+        <w:t xml:space="preserve">La Revista Bio Ciencias maneja como estilo de cita las Normas APA (American Psychological Association 7ma. edición). Por lo tanto, previo al envío del manuscrito las referencias empleadas deberán estar bajo este formato. Para un correcto manejo y un control de ellas, recomendamos emplear programas tipo gestor de referencias (reference manager). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3189DB47" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="005D642C" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10ADFE40" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
+    <w:p w14:paraId="10ADFE40" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="005D642C" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-      <w:r w:rsidRPr="008432FC">
+      <w:r w:rsidRPr="005D642C">
         <w:t>●</w:t>
       </w:r>
-      <w:r w:rsidRPr="008432FC">
+      <w:r w:rsidRPr="005D642C">
         <w:tab/>
         <w:t xml:space="preserve">Toda referencia deberá contener: apellido del autor, letra(s) inicial(es) de su nombre, fecha de publicación, título de la obra y fuente. Importante adicionar DOI para aquellos artículos que lo tengan y si no cuentan con uno en su lugar se deja URL. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DFF8D5A" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
+    <w:p w14:paraId="7DFF8D5A" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="005D642C" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FDEA710" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
+    <w:p w14:paraId="4FDEA710" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="005D642C" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-      <w:r w:rsidRPr="008432FC">
+      <w:r w:rsidRPr="005D642C">
         <w:t>●</w:t>
       </w:r>
-      <w:r w:rsidRPr="008432FC">
+      <w:r w:rsidRPr="005D642C">
         <w:tab/>
-        <w:t xml:space="preserve">Las referencias deben ir en orden alfabético, se espera que todos los autores citados </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008432FC">
+        <w:t>Las referencias deben ir en orden alfabético, se espera que todos los autores citados sean referenciados y que todas las fuentes referenciadas sean citadas en el texto.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BBBE3E9" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="005D642C" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
+      <w:pPr>
+        <w:pStyle w:val="INSTRUCCIONESRBIO"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="622325FA" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="005D642C" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
+      <w:pPr>
+        <w:pStyle w:val="INSTRUCCIONESRBIO"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D642C">
         <w:lastRenderedPageBreak/>
-        <w:t>sean referenciados y que todas las fuentes referenciadas sean citadas en el texto.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2BBBE3E9" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
+        <w:t>¿Cómo citar?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7974DAD5" w14:textId="3D86B7EC" w:rsidR="009E3CE0" w:rsidRPr="005D642C" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="622325FA" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
+      <w:r w:rsidRPr="005D642C">
+        <w:t>Las citas que se incluyen a lo largo del texto pueden ser de forma narrativa (contienen como parte de la oración al autor) o de forma parentética (</w:t>
+      </w:r>
+      <w:r w:rsidR="00B909FF" w:rsidRPr="005D642C">
+        <w:t xml:space="preserve">si es el </w:t>
+      </w:r>
+      <w:r w:rsidR="00E529BE" w:rsidRPr="005D642C">
+        <w:t>caso, el</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D642C">
+        <w:t xml:space="preserve"> autor (es) y la fecha </w:t>
+      </w:r>
+      <w:r w:rsidR="00B909FF" w:rsidRPr="005D642C">
+        <w:t xml:space="preserve">deberán estar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D642C">
+        <w:t xml:space="preserve">entre paréntesis separados por una coma), se plasman empezando con el primer apellido del autor seguido el año de publicación del artículo o documento. A continuación, se enlistan algunos ejemplos comunes como referencia. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12FC169E" w14:textId="340AF464" w:rsidR="009E3CE0" w:rsidRPr="005D642C" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="INSTRUCCIONESRBIO"/>
       </w:pPr>
-      <w:r w:rsidRPr="008432FC">
-[...30 lines deleted...]
-      <w:r w:rsidRPr="008432FC">
+      <w:r w:rsidRPr="005D642C">
         <w:t>A continuación, se presentan ejemplos de cómo deberán ser referenciados los distintos materiales bibliográficos que pueden ser utilizados en su manuscrito.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="234E80D6" w14:textId="77777777" w:rsidR="00855A04" w:rsidRPr="008432FC" w:rsidRDefault="00855A04" w:rsidP="009E3CE0">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="6BFC5AFA" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B3B0FC5" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
         <w:t>Artículo de revista:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33D8E896" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="ReferenciaRBIO"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">, K. P., &amp; Gonçalves, L. S. (2019). </w:t>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Castilhos, D., Bergamo, G. C., Gramacho, K. P., &amp; Gonçalves, L. S. (2019). </w:t>
       </w:r>
       <w:r w:rsidRPr="001B376B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Bee colony losses in Brazil: a 5-year online survey. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Apidologie, 50, 263-279. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="008432FC">
+          <w:t>https://doi.org/10.1007/s13592-019-00642-7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008432FC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="235F8B2D" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
+      <w:pPr>
+        <w:pStyle w:val="CuerpotextoRBIO"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008432FC">
+        <w:t>Artículo de revista con número de artículo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="236AF82B" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
+      <w:pPr>
+        <w:pStyle w:val="ReferenciaRBIO"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008432FC">
+        <w:t xml:space="preserve">Dos Santos, C. F., Otesbelgue, A., &amp; Blochtein, B. (2018). </w:t>
+      </w:r>
       <w:r w:rsidRPr="001B376B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Apidologie</w:t>
-[...64 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">The dilemma of agricultural pollination in Brazil: Beekeeping growth and insecticide use. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...23 lines deleted...]
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:r w:rsidRPr="008432FC">
+        <w:t xml:space="preserve">PLoS One, 13(7), Article e0200286. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="008432FC">
           <w:t>https://doi.org/10.1371/journal.pone.0200286</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008432FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59BF53A6" w14:textId="1E02740E" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
         <w:t>Artículo de revista con más de 20 autores:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BF8F2D4" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="ReferenciaRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
-        <w:t xml:space="preserve">Gray, A., </w:t>
-[...100 lines deleted...]
-        <w:t xml:space="preserve">, V. (2019). </w:t>
+        <w:t xml:space="preserve">Gray, A., Brodschneider, R., Adjlane, N., Ballis, A., Brusbardis, V., Charrière, J. D., Chlebo, R., Coffey, M. F., Cornelissen, B., da Costa, C. A., Csáki, T., Dahle, B., Danihlik, J., Drazic, M. M., Evans, G., Fedoriak, M., Forsythe, I., de Graaf, D., Gregorc, A.,…Soroker, V. (2019). </w:t>
       </w:r>
       <w:r w:rsidRPr="001B376B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Loss rates of honey bee colonies during winter 2017/18 in 36 countries participating in the COLOSS survey, including effects of forage sources. </w:t>
       </w:r>
       <w:r w:rsidRPr="008432FC">
-        <w:t xml:space="preserve">Journal of </w:t>
-[...17 lines deleted...]
-      <w:hyperlink r:id="rId12" w:history="1">
+        <w:t xml:space="preserve">Journal of Apicultural Research, 58(4), 479-485. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="008432FC">
           <w:t>https://doi.org/10.1080/00218839.2019.1615661</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="38887B98" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
         <w:t>Artículo de periódico en línea:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66FA421E" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="ReferenciaRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
-        <w:t xml:space="preserve">Cruz Martínez, A. (2021, </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> recibe nuevo cargamento con 585 mil vacunas de Pfizer. La Jornada. https://www.jornada.com.mx/notas/2021/09/22/politica/birmex-recibe-nuevo-cargamento-con-585-mil-vacunas-de-pfizer/</w:t>
+        <w:t>Cruz Martínez, A. (2021, September 22). Birmex recibe nuevo cargamento con 585 mil vacunas de Pfizer. La Jornada. https://www.jornada.com.mx/notas/2021/09/22/politica/birmex-recibe-nuevo-cargamento-con-585-mil-vacunas-de-pfizer/</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29C7792D" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
         <w:t>Libro impreso:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64808BFC" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="ReferenciaRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
-        <w:t xml:space="preserve">Morales Montor, J., Ponce Regalado, M. D., &amp; Becerril Villanueva, L. E. (2018). Nuevos enfoques en el estudio de las Interacciones </w:t>
-[...7 lines deleted...]
-        <w:t>. Ed. Pandora.</w:t>
+        <w:t>Morales Montor, J., Ponce Regalado, M. D., &amp; Becerril Villanueva, L. E. (2018). Nuevos enfoques en el estudio de las Interacciones Neuroinmunoendocrinológicas. Ed. Pandora.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32873E2E" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
         <w:t>Capítulo de libro:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09693950" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="ReferenciaRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
-        <w:t xml:space="preserve">Nava-Castro, K.E., &amp; Morales-Montor, J. (2018). Medicina ambiental, respuesta inmunitaria y enfermedades parasitarias: un enfoque en los disruptores endocrinos. In Morales Montor, J., Ponce Regalado, M. D., &amp; Becerril Villanueva, L. E. Nuevos enfoques en el estudio de las Interacciones </w:t>
-[...9 lines deleted...]
-      <w:hyperlink r:id="rId13" w:history="1">
+        <w:t xml:space="preserve">Nava-Castro, K.E., &amp; Morales-Montor, J. (2018). Medicina ambiental, respuesta inmunitaria y enfermedades parasitarias: un enfoque en los disruptores endocrinos. In Morales Montor, J., Ponce Regalado, M. D., &amp; Becerril Villanueva, L. E. Nuevos enfoques en el estudio de las Interacciones Neuroinmunoendocrinológicas. (pp. 185-207). Ed. Pandora.  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="008432FC">
           <w:t>http://repositorio.cualtos.udg.mx:8080/jspui/handle/123456789/810</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008432FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24C87A4C" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
         <w:t>Libro en línea:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A086CFB" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="ReferenciaRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="001B376B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve">Botkin, D. B. (1993). Forest dynamics: an ecological model. Oxford University Press on Demand. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="v=onepage&amp;q=ecological%20model&amp;f=false" w:history="1">
+        <w:r w:rsidRPr="008432FC">
+          <w:t>https://books.google.es/books?hl=es&amp;lr=&amp;id=8aZM4fWNOJQC&amp;oi=fnd&amp;pg=PR13&amp;dq=ecological+model&amp;ots=tIVTXysuLf&amp;sig=XZiszdYwYGmfssqpOO2V2ucM69g#v=onepage&amp;q=ecological%20model&amp;f=false</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008432FC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7049BBF0" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
+      <w:pPr>
+        <w:pStyle w:val="CuerpotextoRBIO"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008432FC">
+        <w:t>Audiolibro:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57BBCF76" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
+      <w:pPr>
+        <w:pStyle w:val="ReferenciaRBIO"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008432FC">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Botkin, D. B. (1993). Forest dynamics: an ecological model. Oxford University Press on Demand. </w:t>
-[...23 lines deleted...]
-    <w:p w14:paraId="7049BBF0" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
+        <w:t>Rowling, J. K. (2018). Harry Potter y la piedra filosofal (G. Monsalve, narr.) [audiolibro]. Ivoox. (Original publicado en 1997). https://bit.ly/2NyZ04G</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B12C3A6" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
-        <w:t>Audiolibro:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="57BBCF76" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
+        <w:t>Tesis:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79E892B7" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="ReferenciaRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
-        <w:t xml:space="preserve">Rowling, J. K. (2018). Harry Potter y la piedra filosofal (G. Monsalve, </w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="5B12C3A6" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
+        <w:t>Saldivar, R. M. (2007). Variabilidad hidrodinámica en los canales del sistema lagunar Magdalena-Almejas [Tesis de Maestría, Instituto Politécnico Nacional, Centro Interdisciplinario en Ciencias Marinas]. http://tesis.bnct.ipn.mx/dspace/handle/123456789/3043 .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A516765" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
-        <w:t>Tesis:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="79E892B7" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
+        <w:t>Películas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FF883B4" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="ReferenciaRBIO"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="6A516765" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
+      <w:r w:rsidRPr="008432FC">
+        <w:t>Stanton, A. (2008). Wall-E [película]. ‎Disney Pixar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BE16D74" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
-        <w:t>Películas:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4FF883B4" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
+        <w:t>Blog:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6230C58B" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="ReferenciaRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
-        <w:t>Stanton, A. (2008). Wall-E [película]. ‎Disney Pixar.</w:t>
-[...41 lines deleted...]
-      <w:hyperlink r:id="rId14" w:history="1">
+        <w:t xml:space="preserve">El blog de la tabla. (2021, September 15). Oda al lentisco (Pistacia lentiscus), arbusto mediterráneo que tenía que ser árbol. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="008432FC">
           <w:t>https://www.elblogdelatabla.com/2021/09/lentisco-pistacia-lentiscus-arbusto-mediterraneo-arbol.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008432FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04174D80" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
-        <w:t xml:space="preserve">Diccionarios, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> o enciclopedias:</w:t>
+        <w:t>Diccionarios, thesaurus o enciclopedias:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D04DF7A" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="001B376B" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="ReferenciaRBIO"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
         <w:t xml:space="preserve">Real Academia Española. (2019). Acuicultura. Diccionario de la lengua española (edición del tricentenario). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="001B376B">
           <w:rPr>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://dle.rae.es/vegetal</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001B376B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EFDF2BC" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="001B376B" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B376B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Software:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F55DE9A" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="001B376B" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="ReferenciaRBIO"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B376B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Borenstein. M., Hedges, L., Higgins, J., &amp; Rothstein, H. (2014). Comprehensive meta-analysis. (</w:t>
-[...29 lines deleted...]
-      <w:hyperlink r:id="rId16" w:history="1">
+        <w:t xml:space="preserve">Borenstein. M., Hedges, L., Higgins, J., &amp; Rothstein, H. (2014). Comprehensive meta-analysis. (versión 3.3.070) [software]. Biostat. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="001B376B">
           <w:rPr>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>http://bit.ly/337mCnL</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001B376B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C499EA6" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="001B376B" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B376B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Congreso:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F5824F1" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="ReferenciaRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="001B376B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Kan, J., Padilla Benavides, T. (2020). The nuclear Zn transporter ZIP11 is necessary for the proliferation of HeLa cells. </w:t>
       </w:r>
       <w:r w:rsidRPr="008432FC">
-        <w:t>(presentación en cartel). Revista Bio Ciencias 7: (</w:t>
-[...9 lines deleted...]
-      <w:hyperlink r:id="rId17" w:history="1">
+        <w:t xml:space="preserve">(presentación en cartel). Revista Bio Ciencias 7: (Suppl) Memorias de Congreso. LXIII Congreso Nacional de la Sociedad Mexicana de Ciencias Fisiológicas, A. C. e1097. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="008432FC">
           <w:t>http://doi.org/10.15741/revbio.07Suppl.e1097</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008432FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="438DF4D6" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
         <w:t>Tweet:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37F693EE" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="ReferenciaRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
-        <w:t xml:space="preserve">Servicio Sismológico Nacional. [@SSNMexico]. (2020, June 22). SISMO Magnitud 4.4 </w:t>
-[...33 lines deleted...]
-      <w:hyperlink r:id="rId18" w:history="1">
+        <w:t xml:space="preserve">Servicio Sismológico Nacional. [@SSNMexico]. (2020, June 22). SISMO Magnitud 4.4 Loc 33 km al suroeste de S Pedro Pochutla, Oax 23/06/20 22:44:37 Lat 15.47 Lon -96.59 Pf 10 km [tweet]. Twitter. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="008432FC">
           <w:t>https://twitter.com/SSNMexico/status/1275640323558060032/photo/1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008432FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0995D14E" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
         <w:t>Página o perfil:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="538B4785" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="ReferenciaRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
         <w:t xml:space="preserve">Centro Meteorológico del Pacífico. [página de Facebook]. (2020, June 22). Se Retira Alerta de Tsunami. Facebook. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="008432FC">
           <w:t>https://www.facebook.com/cmptiempo/?ref=page_internal</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008432FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21439D46" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
         <w:t>Aplicación móvil:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39F545BF" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="ReferenciaRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Instituto Nacional de Estadística y Geografía. (2019). México en cifras (Versión 3.0.9) [Aplicación móvil]. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="008432FC">
           <w:t>https://play.google.com/store/apps/details?id=mx.org.inegi.MexicoCifras&amp;hl=es_MX</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008432FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11817686" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
         <w:t>Mapas:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EACA6C2" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="008432FC">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
         <w:t xml:space="preserve">Instituto Nacional de Estadística y Geografía. (2019). México en cifras, Nayarit. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="008432FC">
           <w:t>https://www.inegi.org.mx/app/areasgeograficas/?ag=18</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008432FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30861D2B" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="001B376B" w:rsidRDefault="009E3CE0" w:rsidP="008432FC">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B376B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Norma </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Norma técnica:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2419D968" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="00262A6D">
+      <w:pPr>
+        <w:pStyle w:val="ReferenciaRBIO"/>
+      </w:pPr>
       <w:r w:rsidRPr="001B376B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>técnica</w:t>
-[...33 lines deleted...]
-      <w:hyperlink r:id="rId22" w:history="1">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">International Organization for Standardization. (2018). Online consumer reviews — Principles and requirements for their collection, moderation and publication (ISO Estándar No. 20488:2018). </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidRPr="008432FC">
           <w:t>https://www.iso.org/standard/68193.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008432FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EB63C02" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
         <w:t>Episodio de podcast:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0028C84F" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="ReferenciaRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
         <w:t xml:space="preserve">Aristegui C (presentadora). (2020, June 22). La pandemia, una invitación para pensar en lo que hemos hecho mal como sociedad [episodio de podcast]. CNN en español. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="008432FC">
           <w:t>http://www.radio-en-vivo.mx/podcasts/aristegui</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008432FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37993F4A" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="001B376B" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B376B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Canción:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D1DC364" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="001B376B" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="ReferenciaRBIO"/>
@@ -3432,280 +3200,347 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B376B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Frank Sinatra (1947). I Love You Baby [canción]. This Is the Night.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49DD9C75" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
         <w:t>Video de YouTube:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55C81922" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="ReferenciaRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
         <w:t xml:space="preserve">FAB LAB ULL. (2019, March 24). La célula; unidad de vida [video]. YouTube. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidRPr="008432FC">
           <w:t>https://www.youtube.com/watch?v=ljN3AG5APac</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008432FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78790504" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
         <w:t>Obras de arte:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55C25839" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="ReferenciaRBIO"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...23 lines deleted...]
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:r w:rsidRPr="00117F67">
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Giacometti, A. (1961). Caroline sur fond blanc [pintura]. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008432FC">
+        <w:t xml:space="preserve">Museo Botero, Bogotá, Colombia. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidRPr="008432FC">
           <w:t>https://bit.ly/325NVx8</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008432FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BBF6098" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
         <w:t>Diapositivas:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17E9718D" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="ReferenciaRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
-        <w:t xml:space="preserve">Instituto Nacional de Estadística y Geografía (2019, </w:t>
-[...17 lines deleted...]
-      <w:hyperlink r:id="rId26" w:history="1">
+        <w:t xml:space="preserve">Instituto Nacional de Estadística y Geografía (2019, November). Censo 2020 Tabasco [diapositivas Power Point]. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidRPr="008432FC">
           <w:t>https://tabasco.gob.mx/sites/default/files/users/planeacion_spf/1.%20Presentaci%C3%B3n%20Censo%202020%20Tabasco.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008432FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71B5E8E4" w14:textId="77777777" w:rsidR="009E3CE0" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="CuerpotextoRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
         <w:t>Página web:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AB45548" w14:textId="77777777" w:rsidR="00F507FA" w:rsidRPr="008432FC" w:rsidRDefault="009E3CE0" w:rsidP="009E3CE0">
       <w:pPr>
         <w:pStyle w:val="ReferenciaRBIO"/>
       </w:pPr>
       <w:r w:rsidRPr="008432FC">
         <w:t xml:space="preserve">Comisión Nacional Forestal. (2021, August 05). Candelilla, un valioso recurso natural no maderable. Gobierno de México. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidRPr="008432FC">
           <w:t>https://www.gob.mx/conafor/articulos/candelilla-un-valioso-recurso-natural-no-maderable?idiom=es</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008432FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F507FA" w:rsidRPr="008432FC" w:rsidSect="004A7CD8">
-      <w:headerReference w:type="default" r:id="rId28"/>
+      <w:headerReference w:type="default" r:id="rId35"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:lnNumType w:countBy="1" w:restart="continuous"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
+<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:comment w:id="0" w:author="Revista Bio Ciencias" w:date="2025-12-10T13:28:00Z" w:initials="Rev. Bio">
+    <w:p w14:paraId="2BAC114E" w14:textId="77777777" w:rsidR="00F254E9" w:rsidRDefault="00117F67" w:rsidP="00F254E9">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidR="00F254E9">
+        <w:t xml:space="preserve">Modificar según sea el tipo de manuscrito sometido. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F254E9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Eliminar este hilo previo al envío de su manuscrito.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="1" w:author="Revista Bio Ciencias" w:date="2025-12-10T13:31:00Z" w:initials="Rev. Bio">
+    <w:p w14:paraId="76F143DF" w14:textId="77777777" w:rsidR="00F254E9" w:rsidRDefault="00117F67" w:rsidP="00F254E9">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidR="00F254E9">
+        <w:t xml:space="preserve">Este no debe superar las diez palabras. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F254E9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Eliminar este hilo previo al envío de su manuscrito.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="2" w:author="Revista Bio Ciencias" w:date="2025-12-10T13:51:00Z" w:initials="Rev. Bio">
+    <w:p w14:paraId="0F46C7D3" w14:textId="77777777" w:rsidR="00F254E9" w:rsidRDefault="00A33855" w:rsidP="00F254E9">
+      <w:pPr>
+        <w:pStyle w:val="Textocomentario"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Refdecomentario"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidR="00F254E9">
+        <w:t xml:space="preserve">La información descrita en esta subsección deberá coincidir totalmente en la plataforma al momento de someter dicho manuscrito. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F254E9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Eliminar este hilo previo al envío de su manuscrito.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+</w:comments>
+</file>
+
+<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:commentEx w15:paraId="2BAC114E" w15:done="0"/>
+  <w15:commentEx w15:paraId="76F143DF" w15:done="0"/>
+  <w15:commentEx w15:paraId="0F46C7D3" w15:done="0"/>
+</w15:commentsEx>
+</file>
+
+<file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
+  <w16cex:commentExtensible w16cex:durableId="0272B6EC" w16cex:dateUtc="2025-12-10T20:28:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="71891CC3" w16cex:dateUtc="2025-12-10T20:31:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="681B9291" w16cex:dateUtc="2025-12-10T20:51:00Z"/>
+</w16cex:commentsExtensible>
+</file>
+
+<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w16cid:commentId w16cid:paraId="2BAC114E" w16cid:durableId="0272B6EC"/>
+  <w16cid:commentId w16cid:paraId="76F143DF" w16cid:durableId="71891CC3"/>
+  <w16cid:commentId w16cid:paraId="0F46C7D3" w16cid:durableId="681B9291"/>
+</w16cid:commentsIds>
+</file>
+
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0164AA62" w14:textId="77777777" w:rsidR="00CE638A" w:rsidRPr="00855A04" w:rsidRDefault="00CE638A" w:rsidP="00262A6D">
+    <w:p w14:paraId="11302E15" w14:textId="77777777" w:rsidR="00BA6F44" w:rsidRPr="00855A04" w:rsidRDefault="00BA6F44" w:rsidP="00262A6D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="44F559CB" w14:textId="77777777" w:rsidR="00CE638A" w:rsidRPr="00855A04" w:rsidRDefault="00CE638A" w:rsidP="00262A6D">
+    <w:p w14:paraId="2DAD46A7" w14:textId="77777777" w:rsidR="00BA6F44" w:rsidRPr="00855A04" w:rsidRDefault="00BA6F44" w:rsidP="00262A6D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial MT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7B8144B2" w14:textId="77777777" w:rsidR="00CE638A" w:rsidRPr="00855A04" w:rsidRDefault="00CE638A" w:rsidP="00262A6D">
+    <w:p w14:paraId="49EAA374" w14:textId="77777777" w:rsidR="00BA6F44" w:rsidRPr="00855A04" w:rsidRDefault="00BA6F44" w:rsidP="00262A6D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7D3154A7" w14:textId="77777777" w:rsidR="00CE638A" w:rsidRPr="00855A04" w:rsidRDefault="00CE638A" w:rsidP="00262A6D">
+    <w:p w14:paraId="5407C744" w14:textId="77777777" w:rsidR="00BA6F44" w:rsidRPr="00855A04" w:rsidRDefault="00BA6F44" w:rsidP="00262A6D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="483D3834" w14:textId="77777777" w:rsidR="006638A2" w:rsidRPr="00262A6D" w:rsidRDefault="006638A2" w:rsidP="00262A6D">
     <w:r w:rsidRPr="00F40BA5">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3BFD3A28" wp14:editId="7CACF3E2">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-333586</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6264262" cy="831312"/>
               <wp:effectExtent l="0" t="0" r="0" b="6985"/>
               <wp:wrapNone/>
               <wp:docPr id="133" name="Grupo 133"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                   <wpg:wgp>
                     <wpg:cNvGrpSpPr/>
@@ -4059,163 +3894,182 @@
               </v:shape>
               <w10:wrap anchorx="margin"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00855A04">
       <w:tab/>
     </w:r>
     <w:hyperlink r:id="rId5">
       <w:r w:rsidRPr="00262A6D">
         <w:t>http://revistabiociencias.uan.edu.mx</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
   <w:p w14:paraId="6FA1F83B" w14:textId="1F11DBA9" w:rsidR="006638A2" w:rsidRPr="00262A6D" w:rsidRDefault="00F31253" w:rsidP="00262A6D">
     <w:r w:rsidRPr="00262A6D">
       <w:t>https://doi.org/10.15741/revbio.09.e00000 (no modificar)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="33BCEB5E" w14:textId="77777777" w:rsidR="006638A2" w:rsidRDefault="006638A2" w:rsidP="00262A6D"/>
 </w:hdr>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Revista Bio Ciencias">
+    <w15:presenceInfo w15:providerId="None" w15:userId="Revista Bio Ciencias"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:autoFormatOverride/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00363D43"/>
     <w:rsid w:val="000E1897"/>
+    <w:rsid w:val="00117F67"/>
     <w:rsid w:val="001B376B"/>
     <w:rsid w:val="001D417D"/>
     <w:rsid w:val="001E30C7"/>
     <w:rsid w:val="00262A6D"/>
     <w:rsid w:val="00301CAE"/>
     <w:rsid w:val="00305522"/>
     <w:rsid w:val="00322E5D"/>
     <w:rsid w:val="00363D43"/>
     <w:rsid w:val="003A0FC2"/>
+    <w:rsid w:val="004455C0"/>
     <w:rsid w:val="0045110C"/>
     <w:rsid w:val="004A7CD8"/>
     <w:rsid w:val="004B721D"/>
     <w:rsid w:val="00581A2F"/>
+    <w:rsid w:val="005D642C"/>
     <w:rsid w:val="006638A2"/>
     <w:rsid w:val="006A4EC0"/>
     <w:rsid w:val="006B33A8"/>
+    <w:rsid w:val="00732DBC"/>
     <w:rsid w:val="007348E4"/>
     <w:rsid w:val="0078026D"/>
     <w:rsid w:val="007968BA"/>
     <w:rsid w:val="0079709E"/>
     <w:rsid w:val="007D19FF"/>
     <w:rsid w:val="0080055F"/>
     <w:rsid w:val="008432FC"/>
     <w:rsid w:val="00855A04"/>
+    <w:rsid w:val="008627F5"/>
+    <w:rsid w:val="00865691"/>
     <w:rsid w:val="008921E2"/>
     <w:rsid w:val="008A0F1D"/>
     <w:rsid w:val="0092052F"/>
     <w:rsid w:val="00941EEF"/>
     <w:rsid w:val="009C049D"/>
     <w:rsid w:val="009E3CE0"/>
+    <w:rsid w:val="009F5EC2"/>
+    <w:rsid w:val="00A33855"/>
     <w:rsid w:val="00A47538"/>
     <w:rsid w:val="00AF21E7"/>
     <w:rsid w:val="00B909FF"/>
     <w:rsid w:val="00BA5E2A"/>
+    <w:rsid w:val="00BA6F44"/>
     <w:rsid w:val="00C05C30"/>
     <w:rsid w:val="00C96A40"/>
     <w:rsid w:val="00CC4A9B"/>
     <w:rsid w:val="00CC724E"/>
     <w:rsid w:val="00CE638A"/>
+    <w:rsid w:val="00CF2EC9"/>
     <w:rsid w:val="00DD23E6"/>
     <w:rsid w:val="00DD66B2"/>
     <w:rsid w:val="00E529BE"/>
     <w:rsid w:val="00E756DD"/>
+    <w:rsid w:val="00F254E9"/>
     <w:rsid w:val="00F31253"/>
     <w:rsid w:val="00F40BA5"/>
+    <w:rsid w:val="00F42B13"/>
     <w:rsid w:val="00F507FA"/>
     <w:rsid w:val="00F6140B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1F283447"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8F9E53BA-18D6-4F23-9C8B-113AC7996ABF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="0" w:uiPriority="0"/>
     <w:lsdException w:name="heading 1" w:locked="0" w:uiPriority="9"/>
     <w:lsdException w:name="heading 2" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5131,66 +4985,64 @@
     <w:rsid w:val="00C05C30"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdecomentario">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00363D43"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textocomentario">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextocomentarioCar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00363D43"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextocomentarioCar">
     <w:name w:val="Texto comentario Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Textocomentario"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00363D43"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Asuntodelcomentario">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Textocomentario"/>
     <w:next w:val="Textocomentario"/>
     <w:link w:val="AsuntodelcomentarioCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00363D43"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AsuntodelcomentarioCar">
     <w:name w:val="Asunto del comentario Car"/>
     <w:basedOn w:val="TextocomentarioCar"/>
     <w:link w:val="Asuntodelcomentario"/>
     <w:uiPriority w:val="99"/>
@@ -5521,100 +5373,100 @@
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TablafuenteRBIOCar">
     <w:name w:val="Tabla_fuente. RBIO Car"/>
     <w:basedOn w:val="FigurafuenteRBIOCar"/>
     <w:link w:val="TablafuenteRBIO"/>
     <w:rsid w:val="008432FC"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial MT"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:noProof/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1261185205">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1581678107">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1598294422">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:biociencias@gmail.com?subject=Dudas%20Revista%20Bio%20Ciencias" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.cualtos.udg.mx:8080/jspui/handle/123456789/810" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/SSNMexico/status/1275640323558060032/photo/1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tabasco.gob.mx/sites/default/files/users/planeacion_spf/1.%20Presentaci%C3%B3n%20Censo%202020%20Tabasco.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/app/areasgeograficas/?ag=18" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00218839.2019.1615661" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.15741/revbio.07Suppl.e1097" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bit.ly/325NVx8" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bit.ly/337mCnL" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://play.google.com/store/apps/details?id=mx.org.inegi.MexicoCifras&amp;hl=es_MX" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0200286" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=ljN3AG5APac" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dle.rae.es/vegetal" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radio-en-vivo.mx/podcasts/aristegui" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.vetimm.2016.05.010" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/cmptiempo/?ref=page_internal" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:biociencias@uan.edu.mx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elblogdelatabla.com/2021/09/lentisco-pistacia-lentiscus-arbusto-mediterraneo-arbol.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iso.org/standard/68193.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.mx/conafor/articulos/candelilla-un-valioso-recurso-natural-no-maderable?idiom=es" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:biociencias@gmail.com?subject=Dudas%20Revista%20Bio%20Ciencias" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00218839.2019.1615661" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/cmptiempo/?ref=page_internal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elblogdelatabla.com/2021/09/lentisco-pistacia-lentiscus-arbusto-mediterraneo-arbol.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.mx/conafor/articulos/candelilla-un-valioso-recurso-natural-no-maderable?idiom=es" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ejemplo@correoinstitucional.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0200286" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/SSNMexico/status/1275640323558060032/photo/1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tabasco.gob.mx/sites/default/files/users/planeacion_spf/1.%20Presentaci%C3%B3n%20Censo%202020%20Tabasco.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13592-019-00642-7" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.es/books?hl=es&amp;lr=&amp;id=8aZM4fWNOJQC&amp;oi=fnd&amp;pg=PR13&amp;dq=ecological+model&amp;ots=tIVTXysuLf&amp;sig=XZiszdYwYGmfssqpOO2V2ucM69g" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iso.org/standard/68193.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.15741/revbio.07Suppl.e1097" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bit.ly/325NVx8" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.vetimm.2016.05.010" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bit.ly/337mCnL" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/app/areasgeograficas/?ag=18" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.cualtos.udg.mx:8080/jspui/handle/123456789/810" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=ljN3AG5APac" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:biociencias@uan.edu.mx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dle.rae.es/vegetal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://play.google.com/store/apps/details?id=mx.org.inegi.MexicoCifras&amp;hl=es_MX" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radio-en-vivo.mx/podcasts/aristegui" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://revistabiociencias.uan.edu.mx/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\MIRTHA%20PULIDO\Downloads\Art&#237;culo%20original%20REVISTA%20BIOCIENCIAS%20(1).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -5863,75 +5715,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{98D7FD40-EC8A-46F9-8174-99BA0047AB59}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Artículo original REVISTA BIOCIENCIAS (1)</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>3114</Words>
-  <Characters>19188</Characters>
+  <Words>3498</Words>
+  <Characters>19241</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>399</Lines>
-  <Paragraphs>237</Paragraphs>
+  <Lines>160</Lines>
+  <Paragraphs>45</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22065</CharactersWithSpaces>
+  <CharactersWithSpaces>22694</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>REVISTA BIO CIENCIAS</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>64ee877aa457fc9b6faa36151e615eba086196ea3233e766d3f27b53db9d974d</vt:lpwstr>
   </property>